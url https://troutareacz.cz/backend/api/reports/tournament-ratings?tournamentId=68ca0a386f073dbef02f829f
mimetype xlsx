--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -1446,57 +1446,57 @@
       <c r="AM6" s="15">
         <v>0</v>
       </c>
       <c r="AN6" s="16">
         <v>0</v>
       </c>
       <c r="AO6" s="17">
         <v>1</v>
       </c>
       <c r="AP6" s="18">
         <v>27</v>
       </c>
       <c r="AQ6" s="19">
         <v>8</v>
       </c>
       <c r="AR6" s="19">
         <v>1</v>
       </c>
       <c r="AS6" s="18">
         <v>21</v>
       </c>
       <c r="AT6" s="19">
         <v>2</v>
       </c>
       <c r="AU6" s="19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AV6" s="19">
+        <v>3</v>
+      </c>
+      <c r="AW6" s="19">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A7" s="13">
         <v>28</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D7" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E7" s="5">
         <v>28</v>
       </c>
       <c r="F7" s="15">
         <v>2</v>
       </c>
       <c r="G7" s="16">
         <v>0</v>
       </c>
       <c r="H7" s="5">
@@ -1592,60 +1592,60 @@
       <c r="AL7" s="5">
         <v>20</v>
       </c>
       <c r="AM7" s="15">
         <v>0</v>
       </c>
       <c r="AN7" s="16">
         <v>0</v>
       </c>
       <c r="AO7" s="17">
         <v>2</v>
       </c>
       <c r="AP7" s="18">
         <v>27</v>
       </c>
       <c r="AQ7" s="19">
         <v>7</v>
       </c>
       <c r="AR7" s="19">
         <v>3</v>
       </c>
       <c r="AS7" s="18">
         <v>26</v>
       </c>
       <c r="AT7" s="19">
+        <v>3</v>
+      </c>
+      <c r="AU7" s="19">
         <v>6</v>
       </c>
-      <c r="AU7" s="19">
+      <c r="AV7" s="19">
         <v>7</v>
       </c>
-      <c r="AV7" s="19">
+      <c r="AW7" s="19">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A8" s="13">
         <v>15</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D8" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E8" s="5">
         <v>15</v>
       </c>
       <c r="F8" s="15">
         <v>1</v>
       </c>
       <c r="G8" s="16">
         <v>3</v>
       </c>
       <c r="H8" s="5">
@@ -1741,60 +1741,60 @@
       <c r="AL8" s="5">
         <v>23</v>
       </c>
       <c r="AM8" s="15">
         <v>1</v>
       </c>
       <c r="AN8" s="16">
         <v>3</v>
       </c>
       <c r="AO8" s="17">
         <v>3</v>
       </c>
       <c r="AP8" s="18">
         <v>27</v>
       </c>
       <c r="AQ8" s="19">
         <v>7</v>
       </c>
       <c r="AR8" s="19">
         <v>3</v>
       </c>
       <c r="AS8" s="18">
         <v>16</v>
       </c>
       <c r="AT8" s="19">
+        <v>3</v>
+      </c>
+      <c r="AU8" s="19">
         <v>4</v>
       </c>
-      <c r="AU8" s="19">
+      <c r="AV8" s="19">
         <v>7</v>
       </c>
-      <c r="AV8" s="19">
+      <c r="AW8" s="19">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A9" s="13">
         <v>11</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>45</v>
       </c>
       <c r="D9" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E9" s="5">
         <v>11</v>
       </c>
       <c r="F9" s="15">
         <v>2</v>
       </c>
       <c r="G9" s="16">
         <v>2</v>
       </c>
       <c r="H9" s="5">
@@ -1893,57 +1893,57 @@
       <c r="AM9" s="15">
         <v>2</v>
       </c>
       <c r="AN9" s="16">
         <v>3</v>
       </c>
       <c r="AO9" s="17">
         <v>4</v>
       </c>
       <c r="AP9" s="18">
         <v>26</v>
       </c>
       <c r="AQ9" s="19">
         <v>7</v>
       </c>
       <c r="AR9" s="19">
         <v>2</v>
       </c>
       <c r="AS9" s="18">
         <v>21</v>
       </c>
       <c r="AT9" s="19">
         <v>3</v>
       </c>
       <c r="AU9" s="19">
+        <v>3</v>
+      </c>
+      <c r="AV9" s="19">
         <v>4</v>
       </c>
-      <c r="AV9" s="19">
+      <c r="AW9" s="19">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A10" s="13">
         <v>34</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>46</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>47</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E10" s="5">
         <v>34</v>
       </c>
       <c r="F10" s="15">
         <v>1</v>
       </c>
       <c r="G10" s="16">
         <v>3</v>
       </c>
       <c r="H10" s="5">
@@ -2039,60 +2039,60 @@
       <c r="AL10" s="5">
         <v>26</v>
       </c>
       <c r="AM10" s="15">
         <v>1</v>
       </c>
       <c r="AN10" s="16">
         <v>0</v>
       </c>
       <c r="AO10" s="17">
         <v>5</v>
       </c>
       <c r="AP10" s="18">
         <v>25</v>
       </c>
       <c r="AQ10" s="19">
         <v>7</v>
       </c>
       <c r="AR10" s="19">
         <v>2</v>
       </c>
       <c r="AS10" s="18">
         <v>19</v>
       </c>
       <c r="AT10" s="19">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="AU10" s="19">
         <v>7</v>
       </c>
       <c r="AV10" s="19">
+        <v>7</v>
+      </c>
+      <c r="AW10" s="19">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A11" s="13">
         <v>42</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>48</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>49</v>
       </c>
       <c r="D11" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E11" s="5">
         <v>42</v>
       </c>
       <c r="F11" s="15">
         <v>4</v>
       </c>
       <c r="G11" s="16">
         <v>3</v>
       </c>
       <c r="H11" s="5">
@@ -2188,60 +2188,60 @@
       <c r="AL11" s="5">
         <v>34</v>
       </c>
       <c r="AM11" s="15">
         <v>1</v>
       </c>
       <c r="AN11" s="16">
         <v>3</v>
       </c>
       <c r="AO11" s="17">
         <v>6</v>
       </c>
       <c r="AP11" s="18">
         <v>25</v>
       </c>
       <c r="AQ11" s="19">
         <v>6</v>
       </c>
       <c r="AR11" s="19">
         <v>3</v>
       </c>
       <c r="AS11" s="18">
         <v>19</v>
       </c>
       <c r="AT11" s="19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AU11" s="19">
+        <v>3</v>
+      </c>
+      <c r="AV11" s="19">
         <v>6</v>
       </c>
-      <c r="AV11" s="19">
+      <c r="AW11" s="19">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A12" s="13">
         <v>50</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>50</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>51</v>
       </c>
       <c r="D12" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="5">
         <v>50</v>
       </c>
       <c r="F12" s="15">
         <v>3</v>
       </c>
       <c r="G12" s="16">
         <v>3</v>
       </c>
       <c r="H12" s="5">
@@ -2343,54 +2343,54 @@
       <c r="AN12" s="16">
         <v>3</v>
       </c>
       <c r="AO12" s="17">
         <v>7</v>
       </c>
       <c r="AP12" s="18">
         <v>25</v>
       </c>
       <c r="AQ12" s="19">
         <v>6</v>
       </c>
       <c r="AR12" s="19">
         <v>2</v>
       </c>
       <c r="AS12" s="18">
         <v>12</v>
       </c>
       <c r="AT12" s="19">
         <v>1</v>
       </c>
       <c r="AU12" s="19">
         <v>1</v>
       </c>
       <c r="AV12" s="19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AW12" s="19">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A13" s="13">
         <v>5</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>52</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D13" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="5">
         <v>5</v>
       </c>
       <c r="F13" s="15">
         <v>2</v>
       </c>
       <c r="G13" s="16">
         <v>2</v>
       </c>
       <c r="H13" s="5">
@@ -2486,60 +2486,60 @@
       <c r="AL13" s="5">
         <v>13</v>
       </c>
       <c r="AM13" s="15">
         <v>0</v>
       </c>
       <c r="AN13" s="16">
         <v>1</v>
       </c>
       <c r="AO13" s="17">
         <v>8</v>
       </c>
       <c r="AP13" s="18">
         <v>25</v>
       </c>
       <c r="AQ13" s="19">
         <v>5</v>
       </c>
       <c r="AR13" s="19">
         <v>4</v>
       </c>
       <c r="AS13" s="18">
         <v>19</v>
       </c>
       <c r="AT13" s="19">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="AU13" s="19">
+        <v>3</v>
+      </c>
+      <c r="AV13" s="19">
         <v>5</v>
       </c>
-      <c r="AV13" s="19">
+      <c r="AW13" s="19">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A14" s="13">
         <v>8</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>54</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D14" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="5">
         <v>8</v>
       </c>
       <c r="F14" s="15">
         <v>4</v>
       </c>
       <c r="G14" s="16">
         <v>3</v>
       </c>
       <c r="H14" s="5">
@@ -2635,60 +2635,60 @@
       <c r="AL14" s="5">
         <v>58</v>
       </c>
       <c r="AM14" s="15">
         <v>1</v>
       </c>
       <c r="AN14" s="16">
         <v>3</v>
       </c>
       <c r="AO14" s="17">
         <v>9</v>
       </c>
       <c r="AP14" s="18">
         <v>24</v>
       </c>
       <c r="AQ14" s="19">
         <v>8</v>
       </c>
       <c r="AR14" s="19">
         <v>0</v>
       </c>
       <c r="AS14" s="18">
         <v>22</v>
       </c>
       <c r="AT14" s="19">
+        <v>2</v>
+      </c>
+      <c r="AU14" s="19">
         <v>4</v>
       </c>
-      <c r="AU14" s="19">
+      <c r="AV14" s="19">
         <v>5</v>
       </c>
-      <c r="AV14" s="19">
+      <c r="AW14" s="19">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="15" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A15" s="13">
         <v>51</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>56</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>57</v>
       </c>
       <c r="D15" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E15" s="5">
         <v>51</v>
       </c>
       <c r="F15" s="15">
         <v>2</v>
       </c>
       <c r="G15" s="16">
         <v>0</v>
       </c>
       <c r="H15" s="5">
@@ -2784,60 +2784,60 @@
       <c r="AL15" s="5">
         <v>1</v>
       </c>
       <c r="AM15" s="15">
         <v>3</v>
       </c>
       <c r="AN15" s="16">
         <v>3</v>
       </c>
       <c r="AO15" s="17">
         <v>10</v>
       </c>
       <c r="AP15" s="18">
         <v>24</v>
       </c>
       <c r="AQ15" s="19">
         <v>7</v>
       </c>
       <c r="AR15" s="19">
         <v>1</v>
       </c>
       <c r="AS15" s="18">
         <v>24</v>
       </c>
       <c r="AT15" s="19">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="AU15" s="19">
         <v>10</v>
       </c>
       <c r="AV15" s="19">
+        <v>10</v>
+      </c>
+      <c r="AW15" s="19">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A16" s="13">
         <v>18</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>58</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D16" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E16" s="5">
         <v>18</v>
       </c>
       <c r="F16" s="15">
         <v>5</v>
       </c>
       <c r="G16" s="16">
         <v>3</v>
       </c>
       <c r="H16" s="5">
@@ -2936,57 +2936,57 @@
       <c r="AM16" s="15">
         <v>1</v>
       </c>
       <c r="AN16" s="16">
         <v>3</v>
       </c>
       <c r="AO16" s="17">
         <v>11</v>
       </c>
       <c r="AP16" s="18">
         <v>24</v>
       </c>
       <c r="AQ16" s="19">
         <v>6</v>
       </c>
       <c r="AR16" s="19">
         <v>2</v>
       </c>
       <c r="AS16" s="18">
         <v>20</v>
       </c>
       <c r="AT16" s="19">
         <v>3</v>
       </c>
       <c r="AU16" s="19">
+        <v>3</v>
+      </c>
+      <c r="AV16" s="19">
         <v>6</v>
       </c>
-      <c r="AV16" s="19">
+      <c r="AW16" s="19">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A17" s="13">
         <v>27</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>60</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E17" s="5">
         <v>27</v>
       </c>
       <c r="F17" s="15">
         <v>4</v>
       </c>
       <c r="G17" s="16">
         <v>3</v>
       </c>
       <c r="H17" s="5">
@@ -3082,60 +3082,60 @@
       <c r="AL17" s="5">
         <v>35</v>
       </c>
       <c r="AM17" s="15">
         <v>1</v>
       </c>
       <c r="AN17" s="16">
         <v>3</v>
       </c>
       <c r="AO17" s="17">
         <v>12</v>
       </c>
       <c r="AP17" s="18">
         <v>24</v>
       </c>
       <c r="AQ17" s="19">
         <v>6</v>
       </c>
       <c r="AR17" s="19">
         <v>2</v>
       </c>
       <c r="AS17" s="18">
         <v>18</v>
       </c>
       <c r="AT17" s="19">
+        <v>1</v>
+      </c>
+      <c r="AU17" s="19">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="AV17" s="19">
         <v>5</v>
       </c>
       <c r="AW17" s="19">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A18" s="13">
         <v>45</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>62</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>63</v>
       </c>
       <c r="D18" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E18" s="5">
         <v>45</v>
       </c>
       <c r="F18" s="15">
         <v>1</v>
       </c>
       <c r="G18" s="16">
         <v>3</v>
       </c>
       <c r="H18" s="5">
@@ -3231,60 +3231,60 @@
       <c r="AL18" s="5">
         <v>53</v>
       </c>
       <c r="AM18" s="15">
         <v>0</v>
       </c>
       <c r="AN18" s="16">
         <v>0</v>
       </c>
       <c r="AO18" s="17">
         <v>13</v>
       </c>
       <c r="AP18" s="18">
         <v>24</v>
       </c>
       <c r="AQ18" s="19">
         <v>6</v>
       </c>
       <c r="AR18" s="19">
         <v>2</v>
       </c>
       <c r="AS18" s="18">
         <v>11</v>
       </c>
       <c r="AT18" s="19">
+        <v>1</v>
+      </c>
+      <c r="AU18" s="19">
         <v>4</v>
       </c>
-      <c r="AU18" s="19">
+      <c r="AV18" s="19">
         <v>6</v>
       </c>
-      <c r="AV18" s="19">
+      <c r="AW18" s="19">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="19" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A19" s="13">
         <v>7</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>64</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>65</v>
       </c>
       <c r="D19" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E19" s="5">
         <v>7</v>
       </c>
       <c r="F19" s="15">
         <v>0</v>
       </c>
       <c r="G19" s="16">
         <v>0</v>
       </c>
       <c r="H19" s="5">
@@ -3383,57 +3383,57 @@
       <c r="AM19" s="15">
         <v>0</v>
       </c>
       <c r="AN19" s="16">
         <v>1</v>
       </c>
       <c r="AO19" s="17">
         <v>14</v>
       </c>
       <c r="AP19" s="18">
         <v>24</v>
       </c>
       <c r="AQ19" s="19">
         <v>5</v>
       </c>
       <c r="AR19" s="19">
         <v>3</v>
       </c>
       <c r="AS19" s="18">
         <v>13</v>
       </c>
       <c r="AT19" s="19">
         <v>1</v>
       </c>
       <c r="AU19" s="19">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="AV19" s="19">
+        <v>3</v>
+      </c>
+      <c r="AW19" s="19">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A20" s="13">
         <v>57</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>66</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>67</v>
       </c>
       <c r="D20" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E20" s="5">
         <v>57</v>
       </c>
       <c r="F20" s="15">
         <v>7</v>
       </c>
       <c r="G20" s="16">
         <v>3</v>
       </c>
       <c r="H20" s="5">
@@ -3538,51 +3538,51 @@
       <c r="AO20" s="17">
         <v>15</v>
       </c>
       <c r="AP20" s="18">
         <v>23</v>
       </c>
       <c r="AQ20" s="19">
         <v>7</v>
       </c>
       <c r="AR20" s="19">
         <v>1</v>
       </c>
       <c r="AS20" s="18">
         <v>22</v>
       </c>
       <c r="AT20" s="19">
         <v>6</v>
       </c>
       <c r="AU20" s="19">
         <v>6</v>
       </c>
       <c r="AV20" s="19">
         <v>6</v>
       </c>
       <c r="AW20" s="19">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A21" s="13">
         <v>53</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>68</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>69</v>
       </c>
       <c r="D21" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E21" s="5">
         <v>53</v>
       </c>
       <c r="F21" s="15">
         <v>2</v>
       </c>
       <c r="G21" s="16">
         <v>0</v>
       </c>
       <c r="H21" s="5">
@@ -3678,60 +3678,60 @@
       <c r="AL21" s="5">
         <v>3</v>
       </c>
       <c r="AM21" s="15">
         <v>1</v>
       </c>
       <c r="AN21" s="16">
         <v>3</v>
       </c>
       <c r="AO21" s="17">
         <v>16</v>
       </c>
       <c r="AP21" s="18">
         <v>23</v>
       </c>
       <c r="AQ21" s="19">
         <v>7</v>
       </c>
       <c r="AR21" s="19">
         <v>1</v>
       </c>
       <c r="AS21" s="18">
         <v>17</v>
       </c>
       <c r="AT21" s="19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AU21" s="19">
+        <v>3</v>
+      </c>
+      <c r="AV21" s="19">
         <v>4</v>
       </c>
-      <c r="AV21" s="19">
+      <c r="AW21" s="19">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A22" s="13">
         <v>29</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>70</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>65</v>
       </c>
       <c r="D22" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E22" s="5">
         <v>29</v>
       </c>
       <c r="F22" s="15">
         <v>1</v>
       </c>
       <c r="G22" s="16">
         <v>3</v>
       </c>
       <c r="H22" s="5">
@@ -3827,54 +3827,54 @@
       <c r="AL22" s="5">
         <v>37</v>
       </c>
       <c r="AM22" s="15">
         <v>1</v>
       </c>
       <c r="AN22" s="16">
         <v>3</v>
       </c>
       <c r="AO22" s="17">
         <v>17</v>
       </c>
       <c r="AP22" s="18">
         <v>23</v>
       </c>
       <c r="AQ22" s="19">
         <v>5</v>
       </c>
       <c r="AR22" s="19">
         <v>3</v>
       </c>
       <c r="AS22" s="18">
         <v>14</v>
       </c>
       <c r="AT22" s="19">
+        <v>4</v>
+      </c>
+      <c r="AU22" s="19">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
       <c r="AV22" s="19">
         <v>6</v>
       </c>
       <c r="AW22" s="19">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A23" s="13">
         <v>19</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>71</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D23" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E23" s="5">
         <v>19</v>
       </c>
       <c r="F23" s="15">
@@ -3976,60 +3976,60 @@
       <c r="AL23" s="5">
         <v>27</v>
       </c>
       <c r="AM23" s="15">
         <v>1</v>
       </c>
       <c r="AN23" s="16">
         <v>3</v>
       </c>
       <c r="AO23" s="17">
         <v>18</v>
       </c>
       <c r="AP23" s="18">
         <v>23</v>
       </c>
       <c r="AQ23" s="19">
         <v>4</v>
       </c>
       <c r="AR23" s="19">
         <v>5</v>
       </c>
       <c r="AS23" s="18">
         <v>16</v>
       </c>
       <c r="AT23" s="19">
+        <v>3</v>
+      </c>
+      <c r="AU23" s="19">
         <v>4</v>
       </c>
-      <c r="AU23" s="19">
+      <c r="AV23" s="19">
         <v>5</v>
       </c>
-      <c r="AV23" s="19">
+      <c r="AW23" s="19">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A24" s="13">
         <v>25</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>72</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>73</v>
       </c>
       <c r="D24" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E24" s="5">
         <v>25</v>
       </c>
       <c r="F24" s="15">
         <v>2</v>
       </c>
       <c r="G24" s="16">
         <v>0</v>
       </c>
       <c r="H24" s="5">
@@ -4125,60 +4125,60 @@
       <c r="AL24" s="5">
         <v>33</v>
       </c>
       <c r="AM24" s="15">
         <v>0</v>
       </c>
       <c r="AN24" s="16">
         <v>0</v>
       </c>
       <c r="AO24" s="17">
         <v>19</v>
       </c>
       <c r="AP24" s="18">
         <v>22</v>
       </c>
       <c r="AQ24" s="19">
         <v>5</v>
       </c>
       <c r="AR24" s="19">
         <v>3</v>
       </c>
       <c r="AS24" s="18">
         <v>24</v>
       </c>
       <c r="AT24" s="19">
+        <v>3</v>
+      </c>
+      <c r="AU24" s="19">
         <v>4</v>
       </c>
-      <c r="AU24" s="19">
+      <c r="AV24" s="19">
         <v>5</v>
       </c>
-      <c r="AV24" s="19">
+      <c r="AW24" s="19">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A25" s="13">
         <v>17</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>74</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D25" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E25" s="5">
         <v>17</v>
       </c>
       <c r="F25" s="15">
         <v>4</v>
       </c>
       <c r="G25" s="16">
         <v>0</v>
       </c>
       <c r="H25" s="5">
@@ -4274,54 +4274,54 @@
       <c r="AL25" s="5">
         <v>25</v>
       </c>
       <c r="AM25" s="15">
         <v>2</v>
       </c>
       <c r="AN25" s="16">
         <v>3</v>
       </c>
       <c r="AO25" s="17">
         <v>20</v>
       </c>
       <c r="AP25" s="18">
         <v>22</v>
       </c>
       <c r="AQ25" s="19">
         <v>5</v>
       </c>
       <c r="AR25" s="19">
         <v>3</v>
       </c>
       <c r="AS25" s="18">
         <v>23</v>
       </c>
       <c r="AT25" s="19">
+        <v>5</v>
+      </c>
+      <c r="AU25" s="19">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="AV25" s="19">
         <v>8</v>
       </c>
       <c r="AW25" s="19">
         <v>8</v>
       </c>
     </row>
     <row r="26" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A26" s="13">
         <v>43</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>76</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>77</v>
       </c>
       <c r="D26" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E26" s="5">
         <v>43</v>
       </c>
       <c r="F26" s="15">
@@ -4423,57 +4423,57 @@
       <c r="AL26" s="5">
         <v>51</v>
       </c>
       <c r="AM26" s="15">
         <v>1</v>
       </c>
       <c r="AN26" s="16">
         <v>3</v>
       </c>
       <c r="AO26" s="17">
         <v>21</v>
       </c>
       <c r="AP26" s="18">
         <v>22</v>
       </c>
       <c r="AQ26" s="19">
         <v>4</v>
       </c>
       <c r="AR26" s="19">
         <v>4</v>
       </c>
       <c r="AS26" s="18">
         <v>12</v>
       </c>
       <c r="AT26" s="19">
+        <v>2</v>
+      </c>
+      <c r="AU26" s="19">
         <v>4</v>
       </c>
-      <c r="AU26" s="19">
+      <c r="AV26" s="19">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="AW26" s="19">
         <v>8</v>
       </c>
     </row>
     <row r="27" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A27" s="13">
         <v>14</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>78</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>57</v>
       </c>
       <c r="D27" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E27" s="5">
         <v>14</v>
       </c>
       <c r="F27" s="15">
         <v>2</v>
       </c>
       <c r="G27" s="16">
@@ -4572,60 +4572,60 @@
       <c r="AL27" s="5">
         <v>6</v>
       </c>
       <c r="AM27" s="15">
         <v>0</v>
       </c>
       <c r="AN27" s="16">
         <v>1</v>
       </c>
       <c r="AO27" s="17">
         <v>22</v>
       </c>
       <c r="AP27" s="18">
         <v>21</v>
       </c>
       <c r="AQ27" s="19">
         <v>6</v>
       </c>
       <c r="AR27" s="19">
         <v>1</v>
       </c>
       <c r="AS27" s="18">
         <v>14</v>
       </c>
       <c r="AT27" s="19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AU27" s="19">
         <v>3</v>
       </c>
       <c r="AV27" s="19">
+        <v>3</v>
+      </c>
+      <c r="AW27" s="19">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A28" s="13">
         <v>1</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>79</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>57</v>
       </c>
       <c r="D28" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E28" s="5">
         <v>1</v>
       </c>
       <c r="F28" s="15">
         <v>3</v>
       </c>
       <c r="G28" s="16">
         <v>3</v>
       </c>
       <c r="H28" s="5">
@@ -4721,57 +4721,57 @@
       <c r="AL28" s="5">
         <v>9</v>
       </c>
       <c r="AM28" s="15">
         <v>0</v>
       </c>
       <c r="AN28" s="16">
         <v>0</v>
       </c>
       <c r="AO28" s="17">
         <v>23</v>
       </c>
       <c r="AP28" s="18">
         <v>21</v>
       </c>
       <c r="AQ28" s="19">
         <v>5</v>
       </c>
       <c r="AR28" s="19">
         <v>3</v>
       </c>
       <c r="AS28" s="18">
         <v>18</v>
       </c>
       <c r="AT28" s="19">
+        <v>3</v>
+      </c>
+      <c r="AU28" s="19">
         <v>6</v>
       </c>
-      <c r="AU28" s="19">
+      <c r="AV28" s="19">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="AW28" s="19">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A29" s="13">
         <v>9</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>80</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D29" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E29" s="5">
         <v>9</v>
       </c>
       <c r="F29" s="15">
         <v>3</v>
       </c>
       <c r="G29" s="16">
@@ -4873,54 +4873,54 @@
       <c r="AM29" s="15">
         <v>0</v>
       </c>
       <c r="AN29" s="16">
         <v>1</v>
       </c>
       <c r="AO29" s="17">
         <v>24</v>
       </c>
       <c r="AP29" s="18">
         <v>21</v>
       </c>
       <c r="AQ29" s="19">
         <v>5</v>
       </c>
       <c r="AR29" s="19">
         <v>2</v>
       </c>
       <c r="AS29" s="18">
         <v>14</v>
       </c>
       <c r="AT29" s="19">
         <v>2</v>
       </c>
       <c r="AU29" s="19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AV29" s="19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AW29" s="19">
         <v>4</v>
       </c>
     </row>
     <row r="30" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A30" s="13">
         <v>38</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>81</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>82</v>
       </c>
       <c r="D30" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E30" s="5">
         <v>38</v>
       </c>
       <c r="F30" s="15">
         <v>2</v>
       </c>
       <c r="G30" s="16">
@@ -5019,57 +5019,57 @@
       <c r="AL30" s="5">
         <v>30</v>
       </c>
       <c r="AM30" s="15">
         <v>1</v>
       </c>
       <c r="AN30" s="16">
         <v>3</v>
       </c>
       <c r="AO30" s="17">
         <v>25</v>
       </c>
       <c r="AP30" s="18">
         <v>19</v>
       </c>
       <c r="AQ30" s="19">
         <v>6</v>
       </c>
       <c r="AR30" s="19">
         <v>0</v>
       </c>
       <c r="AS30" s="18">
         <v>15</v>
       </c>
       <c r="AT30" s="19">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="AU30" s="19">
         <v>3</v>
       </c>
       <c r="AV30" s="19">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AW30" s="19">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A31" s="13">
         <v>54</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>83</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D31" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E31" s="5">
         <v>54</v>
       </c>
       <c r="F31" s="15">
         <v>4</v>
       </c>
       <c r="G31" s="16">
@@ -5168,60 +5168,60 @@
       <c r="AL31" s="5">
         <v>46</v>
       </c>
       <c r="AM31" s="15">
         <v>4</v>
       </c>
       <c r="AN31" s="16">
         <v>3</v>
       </c>
       <c r="AO31" s="17">
         <v>26</v>
       </c>
       <c r="AP31" s="18">
         <v>19</v>
       </c>
       <c r="AQ31" s="19">
         <v>4</v>
       </c>
       <c r="AR31" s="19">
         <v>3</v>
       </c>
       <c r="AS31" s="18">
         <v>20</v>
       </c>
       <c r="AT31" s="19">
+        <v>5</v>
+      </c>
+      <c r="AU31" s="19">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="AV31" s="19">
         <v>8</v>
       </c>
       <c r="AW31" s="19">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="32" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A32" s="13">
         <v>24</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>84</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>85</v>
       </c>
       <c r="D32" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E32" s="5">
         <v>24</v>
       </c>
       <c r="F32" s="15">
         <v>1</v>
       </c>
       <c r="G32" s="16">
         <v>2</v>
       </c>
       <c r="H32" s="5">
@@ -5317,60 +5317,60 @@
       <c r="AL32" s="5">
         <v>16</v>
       </c>
       <c r="AM32" s="15">
         <v>0</v>
       </c>
       <c r="AN32" s="16">
         <v>1</v>
       </c>
       <c r="AO32" s="17">
         <v>27</v>
       </c>
       <c r="AP32" s="18">
         <v>19</v>
       </c>
       <c r="AQ32" s="19">
         <v>3</v>
       </c>
       <c r="AR32" s="19">
         <v>4</v>
       </c>
       <c r="AS32" s="18">
         <v>18</v>
       </c>
       <c r="AT32" s="19">
+        <v>5</v>
+      </c>
+      <c r="AU32" s="19">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="AV32" s="19">
         <v>9</v>
       </c>
       <c r="AW32" s="19">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A33" s="13">
         <v>26</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>86</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D33" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E33" s="5">
         <v>26</v>
       </c>
       <c r="F33" s="15">
         <v>3</v>
       </c>
       <c r="G33" s="16">
         <v>3</v>
       </c>
       <c r="H33" s="5">
@@ -5469,57 +5469,57 @@
       <c r="AM33" s="15">
         <v>0</v>
       </c>
       <c r="AN33" s="16">
         <v>1</v>
       </c>
       <c r="AO33" s="17">
         <v>28</v>
       </c>
       <c r="AP33" s="18">
         <v>18</v>
       </c>
       <c r="AQ33" s="19">
         <v>5</v>
       </c>
       <c r="AR33" s="19">
         <v>1</v>
       </c>
       <c r="AS33" s="18">
         <v>15</v>
       </c>
       <c r="AT33" s="19">
         <v>2</v>
       </c>
       <c r="AU33" s="19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AV33" s="19">
+        <v>3</v>
+      </c>
+      <c r="AW33" s="19">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A34" s="13">
         <v>35</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>87</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D34" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E34" s="5">
         <v>35</v>
       </c>
       <c r="F34" s="15">
         <v>1</v>
       </c>
       <c r="G34" s="16">
         <v>3</v>
       </c>
       <c r="H34" s="5">
@@ -5615,60 +5615,60 @@
       <c r="AL34" s="5">
         <v>43</v>
       </c>
       <c r="AM34" s="15">
         <v>0</v>
       </c>
       <c r="AN34" s="16">
         <v>1</v>
       </c>
       <c r="AO34" s="17">
         <v>29</v>
       </c>
       <c r="AP34" s="18">
         <v>17</v>
       </c>
       <c r="AQ34" s="19">
         <v>5</v>
       </c>
       <c r="AR34" s="19">
         <v>0</v>
       </c>
       <c r="AS34" s="18">
         <v>14</v>
       </c>
       <c r="AT34" s="19">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AU34" s="19">
         <v>1</v>
       </c>
       <c r="AV34" s="19">
         <v>1</v>
       </c>
       <c r="AW34" s="19">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A35" s="13">
         <v>22</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>88</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>89</v>
       </c>
       <c r="D35" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E35" s="5">
         <v>22</v>
       </c>
       <c r="F35" s="15">
         <v>2</v>
       </c>
       <c r="G35" s="16">
         <v>0</v>
       </c>
       <c r="H35" s="5">
@@ -5764,60 +5764,60 @@
       <c r="AL35" s="5">
         <v>14</v>
       </c>
       <c r="AM35" s="15">
         <v>0</v>
       </c>
       <c r="AN35" s="16">
         <v>1</v>
       </c>
       <c r="AO35" s="17">
         <v>30</v>
       </c>
       <c r="AP35" s="18">
         <v>17</v>
       </c>
       <c r="AQ35" s="19">
         <v>4</v>
       </c>
       <c r="AR35" s="19">
         <v>2</v>
       </c>
       <c r="AS35" s="18">
         <v>19</v>
       </c>
       <c r="AT35" s="19">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AU35" s="19">
         <v>5</v>
       </c>
       <c r="AV35" s="19">
+        <v>5</v>
+      </c>
+      <c r="AW35" s="19">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="36" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A36" s="13">
         <v>36</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>90</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>77</v>
       </c>
       <c r="D36" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E36" s="5">
         <v>36</v>
       </c>
       <c r="F36" s="15">
         <v>0</v>
       </c>
       <c r="G36" s="16">
         <v>0</v>
       </c>
       <c r="H36" s="5">
@@ -5913,60 +5913,60 @@
       <c r="AL36" s="5">
         <v>28</v>
       </c>
       <c r="AM36" s="15">
         <v>0</v>
       </c>
       <c r="AN36" s="16">
         <v>0</v>
       </c>
       <c r="AO36" s="17">
         <v>31</v>
       </c>
       <c r="AP36" s="18">
         <v>17</v>
       </c>
       <c r="AQ36" s="19">
         <v>3</v>
       </c>
       <c r="AR36" s="19">
         <v>4</v>
       </c>
       <c r="AS36" s="18">
         <v>15</v>
       </c>
       <c r="AT36" s="19">
+        <v>3</v>
+      </c>
+      <c r="AU36" s="19">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="AV36" s="19">
         <v>5</v>
       </c>
       <c r="AW36" s="19">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A37" s="13">
         <v>49</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>91</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D37" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E37" s="5">
         <v>49</v>
       </c>
       <c r="F37" s="15">
         <v>2</v>
       </c>
       <c r="G37" s="16">
         <v>0</v>
       </c>
       <c r="H37" s="5">
@@ -6062,51 +6062,51 @@
       <c r="AL37" s="5">
         <v>57</v>
       </c>
       <c r="AM37" s="15">
         <v>0</v>
       </c>
       <c r="AN37" s="16">
         <v>0</v>
       </c>
       <c r="AO37" s="17">
         <v>32</v>
       </c>
       <c r="AP37" s="18">
         <v>16</v>
       </c>
       <c r="AQ37" s="19">
         <v>5</v>
       </c>
       <c r="AR37" s="19">
         <v>0</v>
       </c>
       <c r="AS37" s="18">
         <v>11</v>
       </c>
       <c r="AT37" s="19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AU37" s="19">
         <v>2</v>
       </c>
       <c r="AV37" s="19">
         <v>2</v>
       </c>
       <c r="AW37" s="19">
         <v>2</v>
       </c>
     </row>
     <row r="38" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A38" s="13">
         <v>6</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>92</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>93</v>
       </c>
       <c r="D38" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E38" s="5">
@@ -6217,54 +6217,54 @@
       <c r="AN38" s="16">
         <v>1</v>
       </c>
       <c r="AO38" s="17">
         <v>33</v>
       </c>
       <c r="AP38" s="18">
         <v>16</v>
       </c>
       <c r="AQ38" s="19">
         <v>3</v>
       </c>
       <c r="AR38" s="19">
         <v>2</v>
       </c>
       <c r="AS38" s="18">
         <v>14</v>
       </c>
       <c r="AT38" s="19">
         <v>1</v>
       </c>
       <c r="AU38" s="19">
         <v>1</v>
       </c>
       <c r="AV38" s="19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AW38" s="19">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="39" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A39" s="13">
         <v>55</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>94</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D39" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E39" s="5">
         <v>55</v>
       </c>
       <c r="F39" s="15">
         <v>6</v>
       </c>
       <c r="G39" s="16">
         <v>2</v>
       </c>
       <c r="H39" s="5">
@@ -6366,51 +6366,51 @@
       <c r="AN39" s="16">
         <v>1</v>
       </c>
       <c r="AO39" s="17">
         <v>34</v>
       </c>
       <c r="AP39" s="18">
         <v>16</v>
       </c>
       <c r="AQ39" s="19">
         <v>3</v>
       </c>
       <c r="AR39" s="19">
         <v>2</v>
       </c>
       <c r="AS39" s="18">
         <v>12</v>
       </c>
       <c r="AT39" s="19">
         <v>1</v>
       </c>
       <c r="AU39" s="19">
         <v>1</v>
       </c>
       <c r="AV39" s="19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AW39" s="19">
         <v>2</v>
       </c>
     </row>
     <row r="40" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A40" s="13">
         <v>3</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>95</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>93</v>
       </c>
       <c r="D40" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E40" s="5">
         <v>3</v>
       </c>
       <c r="F40" s="15">
         <v>0</v>
       </c>
       <c r="G40" s="16">
@@ -6509,57 +6509,57 @@
       <c r="AL40" s="5">
         <v>11</v>
       </c>
       <c r="AM40" s="15">
         <v>0</v>
       </c>
       <c r="AN40" s="16">
         <v>0</v>
       </c>
       <c r="AO40" s="17">
         <v>35</v>
       </c>
       <c r="AP40" s="18">
         <v>16</v>
       </c>
       <c r="AQ40" s="19">
         <v>2</v>
       </c>
       <c r="AR40" s="19">
         <v>5</v>
       </c>
       <c r="AS40" s="18">
         <v>9</v>
       </c>
       <c r="AT40" s="19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AU40" s="19">
+        <v>3</v>
+      </c>
+      <c r="AV40" s="19">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
       <c r="AW40" s="19">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A41" s="13">
         <v>56</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>96</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>97</v>
       </c>
       <c r="D41" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E41" s="5">
         <v>56</v>
       </c>
       <c r="F41" s="15">
         <v>6</v>
       </c>
       <c r="G41" s="16">
@@ -6664,51 +6664,51 @@
       <c r="AN41" s="16">
         <v>1</v>
       </c>
       <c r="AO41" s="17">
         <v>36</v>
       </c>
       <c r="AP41" s="18">
         <v>16</v>
       </c>
       <c r="AQ41" s="19">
         <v>2</v>
       </c>
       <c r="AR41" s="19">
         <v>4</v>
       </c>
       <c r="AS41" s="18">
         <v>14</v>
       </c>
       <c r="AT41" s="19">
         <v>1</v>
       </c>
       <c r="AU41" s="19">
         <v>1</v>
       </c>
       <c r="AV41" s="19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AW41" s="19">
         <v>2</v>
       </c>
     </row>
     <row r="42" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A42" s="13">
         <v>4</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>98</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>99</v>
       </c>
       <c r="D42" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E42" s="5">
         <v>4</v>
       </c>
       <c r="F42" s="15">
         <v>1</v>
       </c>
       <c r="G42" s="16">
@@ -6816,51 +6816,51 @@
       <c r="AO42" s="17">
         <v>37</v>
       </c>
       <c r="AP42" s="18">
         <v>15</v>
       </c>
       <c r="AQ42" s="19">
         <v>4</v>
       </c>
       <c r="AR42" s="19">
         <v>0</v>
       </c>
       <c r="AS42" s="18">
         <v>8</v>
       </c>
       <c r="AT42" s="19">
         <v>1</v>
       </c>
       <c r="AU42" s="19">
         <v>1</v>
       </c>
       <c r="AV42" s="19">
         <v>1</v>
       </c>
       <c r="AW42" s="19">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A43" s="13">
         <v>13</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>100</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>101</v>
       </c>
       <c r="D43" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E43" s="5">
         <v>13</v>
       </c>
       <c r="F43" s="15">
         <v>0</v>
       </c>
       <c r="G43" s="16">
         <v>0</v>
       </c>
       <c r="H43" s="5">
@@ -6956,54 +6956,54 @@
       <c r="AL43" s="5">
         <v>21</v>
       </c>
       <c r="AM43" s="15">
         <v>1</v>
       </c>
       <c r="AN43" s="16">
         <v>3</v>
       </c>
       <c r="AO43" s="17">
         <v>38</v>
       </c>
       <c r="AP43" s="18">
         <v>15</v>
       </c>
       <c r="AQ43" s="19">
         <v>4</v>
       </c>
       <c r="AR43" s="19">
         <v>0</v>
       </c>
       <c r="AS43" s="18">
         <v>6</v>
       </c>
       <c r="AT43" s="19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AU43" s="19">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AV43" s="19">
         <v>4</v>
       </c>
       <c r="AW43" s="19">
         <v>4</v>
       </c>
     </row>
     <row r="44" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A44" s="13">
         <v>31</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>102</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>51</v>
       </c>
       <c r="D44" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E44" s="5">
         <v>31</v>
       </c>
       <c r="F44" s="15">
@@ -7105,57 +7105,57 @@
       <c r="AL44" s="5">
         <v>39</v>
       </c>
       <c r="AM44" s="15">
         <v>1</v>
       </c>
       <c r="AN44" s="16">
         <v>2</v>
       </c>
       <c r="AO44" s="17">
         <v>39</v>
       </c>
       <c r="AP44" s="18">
         <v>15</v>
       </c>
       <c r="AQ44" s="19">
         <v>3</v>
       </c>
       <c r="AR44" s="19">
         <v>3</v>
       </c>
       <c r="AS44" s="18">
         <v>14</v>
       </c>
       <c r="AT44" s="19">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AU44" s="19">
         <v>6</v>
       </c>
       <c r="AV44" s="19">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="AW44" s="19">
         <v>8</v>
       </c>
     </row>
     <row r="45" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A45" s="13">
         <v>41</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>103</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>104</v>
       </c>
       <c r="D45" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E45" s="5">
         <v>41</v>
       </c>
       <c r="F45" s="15">
         <v>1</v>
       </c>
       <c r="G45" s="16">
@@ -7257,54 +7257,54 @@
       <c r="AM45" s="15">
         <v>2</v>
       </c>
       <c r="AN45" s="16">
         <v>3</v>
       </c>
       <c r="AO45" s="17">
         <v>40</v>
       </c>
       <c r="AP45" s="18">
         <v>15</v>
       </c>
       <c r="AQ45" s="19">
         <v>3</v>
       </c>
       <c r="AR45" s="19">
         <v>2</v>
       </c>
       <c r="AS45" s="18">
         <v>12</v>
       </c>
       <c r="AT45" s="19">
         <v>3</v>
       </c>
       <c r="AU45" s="19">
+        <v>3</v>
+      </c>
+      <c r="AV45" s="19">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
       <c r="AW45" s="19">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A46" s="13">
         <v>48</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>105</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>106</v>
       </c>
       <c r="D46" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E46" s="5">
         <v>48</v>
       </c>
       <c r="F46" s="15">
         <v>4</v>
       </c>
       <c r="G46" s="16">
@@ -7403,51 +7403,51 @@
       <c r="AL46" s="5">
         <v>40</v>
       </c>
       <c r="AM46" s="15">
         <v>1</v>
       </c>
       <c r="AN46" s="16">
         <v>2</v>
       </c>
       <c r="AO46" s="17">
         <v>41</v>
       </c>
       <c r="AP46" s="18">
         <v>15</v>
       </c>
       <c r="AQ46" s="19">
         <v>3</v>
       </c>
       <c r="AR46" s="19">
         <v>2</v>
       </c>
       <c r="AS46" s="18">
         <v>12</v>
       </c>
       <c r="AT46" s="19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AU46" s="19">
         <v>2</v>
       </c>
       <c r="AV46" s="19">
         <v>2</v>
       </c>
       <c r="AW46" s="19">
         <v>2</v>
       </c>
     </row>
     <row r="47" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A47" s="13">
         <v>37</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>107</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>65</v>
       </c>
       <c r="D47" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E47" s="5">
@@ -7701,57 +7701,57 @@
       <c r="AL48" s="5">
         <v>4</v>
       </c>
       <c r="AM48" s="15">
         <v>0</v>
       </c>
       <c r="AN48" s="16">
         <v>0</v>
       </c>
       <c r="AO48" s="17">
         <v>43</v>
       </c>
       <c r="AP48" s="18">
         <v>15</v>
       </c>
       <c r="AQ48" s="19">
         <v>0</v>
       </c>
       <c r="AR48" s="19">
         <v>7</v>
       </c>
       <c r="AS48" s="18">
         <v>8</v>
       </c>
       <c r="AT48" s="19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AU48" s="19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AV48" s="19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AW48" s="19">
         <v>4</v>
       </c>
     </row>
     <row r="49" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A49" s="13">
         <v>2</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>109</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>110</v>
       </c>
       <c r="D49" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E49" s="5">
         <v>2</v>
       </c>
       <c r="F49" s="15">
         <v>2</v>
       </c>
       <c r="G49" s="16">
@@ -7853,51 +7853,51 @@
       <c r="AM49" s="15">
         <v>0</v>
       </c>
       <c r="AN49" s="16">
         <v>0</v>
       </c>
       <c r="AO49" s="17">
         <v>44</v>
       </c>
       <c r="AP49" s="18">
         <v>14</v>
       </c>
       <c r="AQ49" s="19">
         <v>4</v>
       </c>
       <c r="AR49" s="19">
         <v>0</v>
       </c>
       <c r="AS49" s="18">
         <v>11</v>
       </c>
       <c r="AT49" s="19">
         <v>0</v>
       </c>
       <c r="AU49" s="19">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AV49" s="19">
         <v>2</v>
       </c>
       <c r="AW49" s="19">
         <v>2</v>
       </c>
     </row>
     <row r="50" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A50" s="13">
         <v>10</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>111</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>112</v>
       </c>
       <c r="D50" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E50" s="5">
         <v>10</v>
       </c>
       <c r="F50" s="15">
@@ -7999,60 +7999,60 @@
       <c r="AL50" s="5">
         <v>2</v>
       </c>
       <c r="AM50" s="15">
         <v>0</v>
       </c>
       <c r="AN50" s="16">
         <v>0</v>
       </c>
       <c r="AO50" s="17">
         <v>45</v>
       </c>
       <c r="AP50" s="18">
         <v>14</v>
       </c>
       <c r="AQ50" s="19">
         <v>2</v>
       </c>
       <c r="AR50" s="19">
         <v>4</v>
       </c>
       <c r="AS50" s="18">
         <v>11</v>
       </c>
       <c r="AT50" s="19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AU50" s="19">
         <v>3</v>
       </c>
       <c r="AV50" s="19">
+        <v>3</v>
+      </c>
+      <c r="AW50" s="19">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A51" s="13">
         <v>44</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>113</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>114</v>
       </c>
       <c r="D51" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E51" s="5">
         <v>44</v>
       </c>
       <c r="F51" s="15">
         <v>0</v>
       </c>
       <c r="G51" s="16">
         <v>0</v>
       </c>
       <c r="H51" s="5">
@@ -8148,54 +8148,54 @@
       <c r="AL51" s="5">
         <v>36</v>
       </c>
       <c r="AM51" s="15">
         <v>0</v>
       </c>
       <c r="AN51" s="16">
         <v>0</v>
       </c>
       <c r="AO51" s="17">
         <v>46</v>
       </c>
       <c r="AP51" s="18">
         <v>14</v>
       </c>
       <c r="AQ51" s="19">
         <v>2</v>
       </c>
       <c r="AR51" s="19">
         <v>3</v>
       </c>
       <c r="AS51" s="18">
         <v>11</v>
       </c>
       <c r="AT51" s="19">
+        <v>2</v>
+      </c>
+      <c r="AU51" s="19">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="AV51" s="19">
         <v>5</v>
       </c>
       <c r="AW51" s="19">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A52" s="13">
         <v>47</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>116</v>
       </c>
       <c r="D52" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E52" s="5">
         <v>47</v>
       </c>
       <c r="F52" s="15">
@@ -8297,57 +8297,57 @@
       <c r="AL52" s="5">
         <v>55</v>
       </c>
       <c r="AM52" s="15">
         <v>0</v>
       </c>
       <c r="AN52" s="16">
         <v>1</v>
       </c>
       <c r="AO52" s="17">
         <v>47</v>
       </c>
       <c r="AP52" s="18">
         <v>13</v>
       </c>
       <c r="AQ52" s="19">
         <v>4</v>
       </c>
       <c r="AR52" s="19">
         <v>0</v>
       </c>
       <c r="AS52" s="18">
         <v>12</v>
       </c>
       <c r="AT52" s="19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AU52" s="19">
         <v>4</v>
       </c>
       <c r="AV52" s="19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AW52" s="19">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A53" s="13">
         <v>33</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>117</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>118</v>
       </c>
       <c r="D53" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E53" s="5">
         <v>33</v>
       </c>
       <c r="F53" s="15">
         <v>0</v>
       </c>
       <c r="G53" s="16">
@@ -8455,51 +8455,51 @@
       <c r="AO53" s="17">
         <v>48</v>
       </c>
       <c r="AP53" s="18">
         <v>13</v>
       </c>
       <c r="AQ53" s="19">
         <v>3</v>
       </c>
       <c r="AR53" s="19">
         <v>1</v>
       </c>
       <c r="AS53" s="18">
         <v>13</v>
       </c>
       <c r="AT53" s="19">
         <v>1</v>
       </c>
       <c r="AU53" s="19">
         <v>1</v>
       </c>
       <c r="AV53" s="19">
         <v>1</v>
       </c>
       <c r="AW53" s="19">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A54" s="13">
         <v>39</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>119</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>57</v>
       </c>
       <c r="D54" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E54" s="5">
         <v>39</v>
       </c>
       <c r="F54" s="15">
         <v>2</v>
       </c>
       <c r="G54" s="16">
         <v>3</v>
       </c>
       <c r="H54" s="5">
@@ -8753,51 +8753,51 @@
       <c r="AO55" s="17">
         <v>50</v>
       </c>
       <c r="AP55" s="18">
         <v>12</v>
       </c>
       <c r="AQ55" s="19">
         <v>2</v>
       </c>
       <c r="AR55" s="19">
         <v>2</v>
       </c>
       <c r="AS55" s="18">
         <v>6</v>
       </c>
       <c r="AT55" s="19">
         <v>0</v>
       </c>
       <c r="AU55" s="19">
         <v>0</v>
       </c>
       <c r="AV55" s="19">
         <v>0</v>
       </c>
       <c r="AW55" s="19">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A56" s="13">
         <v>23</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>121</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>122</v>
       </c>
       <c r="D56" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E56" s="5">
         <v>23</v>
       </c>
       <c r="F56" s="15">
         <v>1</v>
       </c>
       <c r="G56" s="16">
         <v>2</v>
       </c>
       <c r="H56" s="5">
@@ -8902,51 +8902,51 @@
       <c r="AO56" s="17">
         <v>51</v>
       </c>
       <c r="AP56" s="18">
         <v>12</v>
       </c>
       <c r="AQ56" s="19">
         <v>2</v>
       </c>
       <c r="AR56" s="19">
         <v>1</v>
       </c>
       <c r="AS56" s="18">
         <v>8</v>
       </c>
       <c r="AT56" s="19">
         <v>0</v>
       </c>
       <c r="AU56" s="19">
         <v>0</v>
       </c>
       <c r="AV56" s="19">
         <v>0</v>
       </c>
       <c r="AW56" s="19">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A57" s="13">
         <v>16</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>123</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>124</v>
       </c>
       <c r="D57" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E57" s="5">
         <v>16</v>
       </c>
       <c r="F57" s="15">
         <v>0</v>
       </c>
       <c r="G57" s="16">
         <v>0</v>
       </c>
       <c r="H57" s="5">
@@ -9045,51 +9045,51 @@
       <c r="AM57" s="15">
         <v>0</v>
       </c>
       <c r="AN57" s="16">
         <v>0</v>
       </c>
       <c r="AO57" s="17">
         <v>52</v>
       </c>
       <c r="AP57" s="18">
         <v>11</v>
       </c>
       <c r="AQ57" s="19">
         <v>3</v>
       </c>
       <c r="AR57" s="19">
         <v>0</v>
       </c>
       <c r="AS57" s="18">
         <v>8</v>
       </c>
       <c r="AT57" s="19">
         <v>1</v>
       </c>
       <c r="AU57" s="19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AV57" s="19">
         <v>2</v>
       </c>
       <c r="AW57" s="19">
         <v>2</v>
       </c>
     </row>
     <row r="58" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A58" s="13">
         <v>32</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>90</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D58" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E58" s="5">
         <v>32</v>
       </c>
       <c r="F58" s="15">
@@ -9191,57 +9191,57 @@
       <c r="AL58" s="5">
         <v>24</v>
       </c>
       <c r="AM58" s="15">
         <v>0</v>
       </c>
       <c r="AN58" s="16">
         <v>0</v>
       </c>
       <c r="AO58" s="17">
         <v>53</v>
       </c>
       <c r="AP58" s="18">
         <v>11</v>
       </c>
       <c r="AQ58" s="19">
         <v>2</v>
       </c>
       <c r="AR58" s="19">
         <v>1</v>
       </c>
       <c r="AS58" s="18">
         <v>10</v>
       </c>
       <c r="AT58" s="19">
+        <v>3</v>
+      </c>
+      <c r="AU58" s="19">
         <v>5</v>
       </c>
-      <c r="AU58" s="19">
+      <c r="AV58" s="19">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="AW58" s="19">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A59" s="13">
         <v>40</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>126</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>65</v>
       </c>
       <c r="D59" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E59" s="5">
         <v>40</v>
       </c>
       <c r="F59" s="15">
         <v>0</v>
       </c>
       <c r="G59" s="16">
@@ -9346,51 +9346,51 @@
       <c r="AN59" s="16">
         <v>1</v>
       </c>
       <c r="AO59" s="17">
         <v>54</v>
       </c>
       <c r="AP59" s="18">
         <v>11</v>
       </c>
       <c r="AQ59" s="19">
         <v>1</v>
       </c>
       <c r="AR59" s="19">
         <v>3</v>
       </c>
       <c r="AS59" s="18">
         <v>4</v>
       </c>
       <c r="AT59" s="19">
         <v>1</v>
       </c>
       <c r="AU59" s="19">
         <v>1</v>
       </c>
       <c r="AV59" s="19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AW59" s="19">
         <v>2</v>
       </c>
     </row>
     <row r="60" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A60" s="13">
         <v>20</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>128</v>
       </c>
       <c r="D60" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E60" s="5">
         <v>20</v>
       </c>
       <c r="F60" s="15">
         <v>1</v>
       </c>
       <c r="G60" s="16">
@@ -9495,51 +9495,51 @@
       <c r="AN60" s="16">
         <v>3</v>
       </c>
       <c r="AO60" s="17">
         <v>55</v>
       </c>
       <c r="AP60" s="18">
         <v>11</v>
       </c>
       <c r="AQ60" s="19">
         <v>1</v>
       </c>
       <c r="AR60" s="19">
         <v>2</v>
       </c>
       <c r="AS60" s="18">
         <v>6</v>
       </c>
       <c r="AT60" s="19">
         <v>1</v>
       </c>
       <c r="AU60" s="19">
         <v>1</v>
       </c>
       <c r="AV60" s="19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AW60" s="19">
         <v>2</v>
       </c>
     </row>
     <row r="61" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A61" s="13">
         <v>58</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>130</v>
       </c>
       <c r="D61" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E61" s="5">
         <v>58</v>
       </c>
       <c r="F61" s="15">
         <v>5</v>
       </c>
       <c r="G61" s="16">
@@ -9638,54 +9638,54 @@
       <c r="AL61" s="5">
         <v>50</v>
       </c>
       <c r="AM61" s="15">
         <v>0</v>
       </c>
       <c r="AN61" s="16">
         <v>0</v>
       </c>
       <c r="AO61" s="17">
         <v>56</v>
       </c>
       <c r="AP61" s="18">
         <v>10</v>
       </c>
       <c r="AQ61" s="19">
         <v>2</v>
       </c>
       <c r="AR61" s="19">
         <v>1</v>
       </c>
       <c r="AS61" s="18">
         <v>10</v>
       </c>
       <c r="AT61" s="19">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AU61" s="19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AV61" s="19">
         <v>2</v>
       </c>
       <c r="AW61" s="19">
         <v>2</v>
       </c>
     </row>
     <row r="62" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A62" s="13">
         <v>46</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>132</v>
       </c>
       <c r="D62" s="14" t="s">
         <v>39</v>
       </c>
       <c r="E62" s="5">
         <v>46</v>
       </c>
       <c r="F62" s="15">
@@ -9939,57 +9939,57 @@
       <c r="AM63" s="15">
         <v>0</v>
       </c>
       <c r="AN63" s="16">
         <v>0</v>
       </c>
       <c r="AO63" s="17">
         <v>58</v>
       </c>
       <c r="AP63" s="18">
         <v>7</v>
       </c>
       <c r="AQ63" s="19">
         <v>0</v>
       </c>
       <c r="AR63" s="19">
         <v>3</v>
       </c>
       <c r="AS63" s="18">
         <v>10</v>
       </c>
       <c r="AT63" s="19">
         <v>2</v>
       </c>
       <c r="AU63" s="19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AV63" s="19">
+        <v>3</v>
+      </c>
+      <c r="AW63" s="19">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:49" x14ac:dyDescent="0.25">
       <c r="A64" s="20">
         <f>SUM(A6:A63)</f>
       </c>
       <c r="B64" s="20" t="s">
         <v>134</v>
       </c>
       <c r="C64" s="20"/>
       <c r="D64" s="20" t="s">
         <v>135</v>
       </c>
       <c r="E64" s="20">
         <f>SUM(E6:E63)</f>
       </c>
       <c r="F64" s="20">
         <f>SUM(F6:F63)</f>
       </c>
       <c r="G64" s="20">
         <f>SUM(G6:G63)</f>
       </c>
       <c r="H64" s="20">
         <f>SUM(H6:H63)</f>
       </c>